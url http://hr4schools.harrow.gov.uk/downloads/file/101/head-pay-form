--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -1948,71 +1948,78 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1DFB308F" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L35*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4882A13C" w14:textId="4A93F8CF" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
+          <w:p w14:paraId="4882A13C" w14:textId="1653A918" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> £</w:t>
             </w:r>
             <w:r w:rsidR="00620EDF" w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>122,238</w:t>
+              <w:t>122,23</w:t>
+            </w:r>
+            <w:r w:rsidR="0004294E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00601537" w:rsidRPr="000C4E34" w14:paraId="34B600F8" w14:textId="77777777" w:rsidTr="00130B8C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2F127B63" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L2</w:t>
@@ -2443,91 +2450,98 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4EE628BB" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L27*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6EB576E8" w14:textId="64CC1FE2" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00E13C1D" w:rsidP="00BD7100">
+          <w:p w14:paraId="6EB576E8" w14:textId="53B592CE" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00E13C1D" w:rsidP="00BD7100">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BD258A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00601537" w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidR="00620EDF" w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>101,202</w:t>
+              <w:t>101,20</w:t>
+            </w:r>
+            <w:r w:rsidR="00495C3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="429F8E7A" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L37</w:t>
             </w:r>
           </w:p>
@@ -2606,70 +2620,77 @@
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0CA57D91" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L18*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43CEDD86" w14:textId="05F0110C" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
+          <w:p w14:paraId="43CEDD86" w14:textId="146B28F2" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidR="00620EDF" w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>81,996</w:t>
+              <w:t>81,99</w:t>
+            </w:r>
+            <w:r w:rsidR="00B33254">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="721530D7" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L27</w:t>
             </w:r>
           </w:p>
@@ -2873,71 +2894,78 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="77D3F88B" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L39*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="19F2EFEC" w14:textId="65CABB12" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
+          <w:p w14:paraId="19F2EFEC" w14:textId="31CC4CEF" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> £</w:t>
             </w:r>
             <w:r w:rsidR="00620EDF" w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>134,340</w:t>
+              <w:t>134,3</w:t>
+            </w:r>
+            <w:r w:rsidR="000E639B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>39</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00601537" w:rsidRPr="000C4E34" w14:paraId="62DA3F5C" w14:textId="77777777" w:rsidTr="00130B8C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2CB71575" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -3378,71 +3406,78 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67060A90" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L31*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD02A39" w14:textId="5D7CD61F" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
+          <w:p w14:paraId="6DD02A39" w14:textId="2482388D" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">  £</w:t>
             </w:r>
             <w:r w:rsidR="00620EDF" w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>111,204</w:t>
+              <w:t>111,20</w:t>
+            </w:r>
+            <w:r w:rsidR="0004294E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="65F0CCD5" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
@@ -4021,71 +4056,78 @@
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="39BADAA3" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L24*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50626DAB" w14:textId="192F524F" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
+          <w:p w14:paraId="50626DAB" w14:textId="09456E97" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> £</w:t>
             </w:r>
             <w:r w:rsidR="00620EDF" w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>94,323</w:t>
+              <w:t>94,32</w:t>
+            </w:r>
+            <w:r w:rsidR="00495C3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6B160A6A" w14:textId="77777777" w:rsidR="00601537" w:rsidRPr="00BD7100" w:rsidRDefault="00601537" w:rsidP="00130B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7100">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L34</w:t>
             </w:r>
           </w:p>
@@ -6278,52 +6320,57 @@
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="480A4630" w14:textId="77777777" w:rsidR="004F6DCA" w:rsidRDefault="004F6DCA" w:rsidP="004F6DCA">
                             <w:r w:rsidRPr="009236FF">
                               <w:rPr>
                                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>L…......... to L…..........</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r>
-                              <w:t xml:space="preserve"> ..………</w:t>
+                              <w:t xml:space="preserve"> ..</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:t>………</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="94615" tIns="48895" rIns="94615" bIns="48895" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="586BFD70" id="Text Box 4" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:340.95pt;margin-top:3.45pt;width:135.6pt;height:21.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9.05pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9.05pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDP2Mn/GwIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthxmzQ14hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7rx8lp2l2exnmB0E0qUPy8HB5M3SGHRR6Dbbi00nOmbISam13Ff/yefNq&#10;wZkPwtbCgFUVf1Se36xevlj2rlQFtGBqhYxArC97V/E2BFdmmZet6oSfgFOWnA1gJwKZuMtqFD2h&#10;dyYr8nye9YC1Q5DKe/p7Nzr5KuE3jZLhY9N4FZipONUW0onp3MYzWy1FuUPhWi2PZYh/qKIT2lLS&#10;E9SdCILtUf8G1WmJ4KEJEwldBk2jpUo9UDfT/JduHlrhVOqFyPHuRJP/f7Dyw+HBfUIWhtcw0ABT&#10;E97dg/zqmYV1K+xO3SJC3ypRU+JppCzrnS+PTyPVvvQRZNu/h5qGLPYBEtDQYBdZoT4ZodMAHk+k&#10;qyEwGVNeFcW0IJckX3E1L4pZSiHKp9cOfXiroGPxUnGkoSZ0cbj3IVYjyqeQmMyD0fVGG5MM3G3X&#10;BtlBkAA26Tui/xRmLOsrPr+Y5SMBf4XI0/cniE4HUrLRXcUXpyBRRtre2DrpLAhtxjuVbOyRx0jd&#10;SGIYtgPTdcUvYoJI6xbqRyIWYRQuLRpdWsDvnPUk2or7b3uBijPzztJwri/n0xmpPBmXi8U1GXju&#10;2Z57hJUEVfHA2Xhdh3Ez9g71rqVMoxws3NJAG524fq7qWD4JM43guERR+ed2inpe9dUPAAAA//8D&#10;AFBLAwQUAAYACAAAACEALreZ1t0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VI3Kgd+qM2xKkiBOIAlxa4b2MTB+J1FLtp4OlZTuW0u5rR7DfFdvKdGO0Q20AaspkCYakOpqVG&#10;w9vr480aRExIBrtAVsO3jbAtLy8KzE040c6O+9QIDqGYowaXUp9LGWtnPcZZ6C2x9hEGj4nPoZFm&#10;wBOH+07eKrWSHlviDw57e+9s/bU/eg3zRajo8werXXh6d2N6VoN8edD6+mqq7kAkO6WzGf7wGR1K&#10;ZjqEI5koOg2rdbZhKy88WN8s5xmIg4alWoAsC/m/QPkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAz9jJ/xsCAAAyBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEALreZ1t0AAAAIAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" strokeweight=".5pt">
                 <v:textbox inset="7.45pt,3.85pt,7.45pt,3.85pt">
                   <w:txbxContent>
                     <w:p w14:paraId="480A4630" w14:textId="77777777" w:rsidR="004F6DCA" w:rsidRDefault="004F6DCA" w:rsidP="004F6DCA">
@@ -6822,51 +6869,50 @@
       </w:r>
       <w:r w:rsidR="00593A85" w:rsidRPr="00BE2C22">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BE2C22">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:id w:val="-590390693"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00BE2C22">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0C9B9F55" w14:textId="77777777" w:rsidR="004F6DCA" w:rsidRPr="00BE2C22" w:rsidRDefault="004F6DCA" w:rsidP="004F6DCA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="493C4543" w14:textId="377ADD7D" w:rsidR="004F6DCA" w:rsidRPr="00BE2C22" w:rsidRDefault="004F6DCA" w:rsidP="004F6DCA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2C22">
         <w:rPr>
@@ -6906,51 +6952,50 @@
       </w:r>
       <w:r w:rsidR="00593A85" w:rsidRPr="00BE2C22">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BE2C22">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:id w:val="135691047"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00BE2C22">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2839FCD3" w14:textId="77777777" w:rsidR="004F6DCA" w:rsidRPr="00BE2C22" w:rsidRDefault="004F6DCA" w:rsidP="004F6DCA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10768" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -12195,65 +12240,65 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66B42AA6" w14:textId="77777777" w:rsidR="00125552" w:rsidRPr="00BE2C22" w:rsidRDefault="00125552" w:rsidP="00E018A2">
       <w:pPr>
         <w:spacing w:after="160" w:line="257" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00125552" w:rsidRPr="00BE2C22" w:rsidSect="00BE2C22">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="851" w:right="600" w:bottom="709" w:left="620" w:header="643" w:footer="383" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35E26D65" w14:textId="77777777" w:rsidR="00082A46" w:rsidRDefault="00082A46">
+    <w:p w14:paraId="1BBA5133" w14:textId="77777777" w:rsidR="00F5082E" w:rsidRDefault="00F5082E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66FA3F54" w14:textId="77777777" w:rsidR="00082A46" w:rsidRDefault="00082A46">
+    <w:p w14:paraId="3CFE5657" w14:textId="77777777" w:rsidR="00F5082E" w:rsidRDefault="00F5082E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="57E2259D" w14:textId="77777777" w:rsidR="00082A46" w:rsidRDefault="00082A46"/>
+    <w:p w14:paraId="1DB4AC1B" w14:textId="77777777" w:rsidR="00F5082E" w:rsidRDefault="00F5082E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -12327,61 +12372,59 @@
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="866639047"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1705238520"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="44BA1F49" w14:textId="5C545BE6" w:rsidR="004F6DCA" w:rsidRDefault="004F6DCA">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -12459,65 +12502,65 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5376D589" w14:textId="6F369CFA" w:rsidR="00BC4A12" w:rsidRDefault="00BC4A12">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05A4D6B6" w14:textId="77777777" w:rsidR="00082A46" w:rsidRDefault="00082A46">
+    <w:p w14:paraId="74B48D12" w14:textId="77777777" w:rsidR="00F5082E" w:rsidRDefault="00F5082E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F31D49D" w14:textId="77777777" w:rsidR="00082A46" w:rsidRDefault="00082A46">
+    <w:p w14:paraId="610E58D8" w14:textId="77777777" w:rsidR="00F5082E" w:rsidRDefault="00F5082E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5C7D4E44" w14:textId="77777777" w:rsidR="00082A46" w:rsidRDefault="00082A46"/>
+    <w:p w14:paraId="25A0A666" w14:textId="77777777" w:rsidR="00F5082E" w:rsidRDefault="00F5082E"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B7688BA" w14:textId="5CBD187B" w:rsidR="00BC4A12" w:rsidRDefault="009B5775">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -13219,151 +13262,156 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC4A12"/>
     <w:rsid w:val="00013D0C"/>
     <w:rsid w:val="00014835"/>
     <w:rsid w:val="000203F6"/>
     <w:rsid w:val="0002724F"/>
     <w:rsid w:val="0002787B"/>
+    <w:rsid w:val="0004294E"/>
     <w:rsid w:val="00056620"/>
     <w:rsid w:val="00082A46"/>
     <w:rsid w:val="000939FB"/>
     <w:rsid w:val="000E5242"/>
+    <w:rsid w:val="000E639B"/>
     <w:rsid w:val="00125552"/>
     <w:rsid w:val="0016701A"/>
     <w:rsid w:val="00174512"/>
     <w:rsid w:val="001776EE"/>
     <w:rsid w:val="00186B1D"/>
     <w:rsid w:val="00296D65"/>
     <w:rsid w:val="002A7D4C"/>
     <w:rsid w:val="002B73C7"/>
-    <w:rsid w:val="002F39B0"/>
     <w:rsid w:val="00300119"/>
     <w:rsid w:val="00307A18"/>
     <w:rsid w:val="00307A49"/>
     <w:rsid w:val="00376DFC"/>
     <w:rsid w:val="003B120C"/>
     <w:rsid w:val="003D63FF"/>
     <w:rsid w:val="003D71B1"/>
     <w:rsid w:val="00427DDE"/>
     <w:rsid w:val="00462545"/>
     <w:rsid w:val="00483E4A"/>
+    <w:rsid w:val="00495C3D"/>
     <w:rsid w:val="004A0AC6"/>
     <w:rsid w:val="004F6DCA"/>
     <w:rsid w:val="00537B7F"/>
     <w:rsid w:val="0055463C"/>
+    <w:rsid w:val="00574207"/>
     <w:rsid w:val="00593A85"/>
     <w:rsid w:val="005A6E9D"/>
     <w:rsid w:val="005B4BAD"/>
     <w:rsid w:val="00601537"/>
     <w:rsid w:val="00616AC8"/>
     <w:rsid w:val="00620EDF"/>
     <w:rsid w:val="006479A1"/>
     <w:rsid w:val="0065206E"/>
     <w:rsid w:val="00666F9B"/>
     <w:rsid w:val="00686F52"/>
     <w:rsid w:val="006F06B3"/>
     <w:rsid w:val="006F1F8F"/>
     <w:rsid w:val="007944C9"/>
     <w:rsid w:val="007B1D82"/>
     <w:rsid w:val="00822BB3"/>
     <w:rsid w:val="00831526"/>
     <w:rsid w:val="00845E26"/>
     <w:rsid w:val="00864400"/>
     <w:rsid w:val="008F7711"/>
     <w:rsid w:val="009154F1"/>
     <w:rsid w:val="00935F19"/>
     <w:rsid w:val="00951407"/>
     <w:rsid w:val="009B5775"/>
     <w:rsid w:val="009C6FEA"/>
     <w:rsid w:val="009F3E11"/>
     <w:rsid w:val="00A143EF"/>
     <w:rsid w:val="00A22A79"/>
     <w:rsid w:val="00A705F0"/>
     <w:rsid w:val="00A71B27"/>
     <w:rsid w:val="00A94EA5"/>
     <w:rsid w:val="00AA789C"/>
     <w:rsid w:val="00B30F93"/>
+    <w:rsid w:val="00B33254"/>
     <w:rsid w:val="00B461F9"/>
-    <w:rsid w:val="00B462E7"/>
     <w:rsid w:val="00B553CB"/>
     <w:rsid w:val="00B55F78"/>
     <w:rsid w:val="00B64176"/>
     <w:rsid w:val="00B84952"/>
     <w:rsid w:val="00B93C60"/>
     <w:rsid w:val="00BA0457"/>
     <w:rsid w:val="00BC4A12"/>
     <w:rsid w:val="00BD258A"/>
     <w:rsid w:val="00BD7100"/>
     <w:rsid w:val="00BE2C22"/>
     <w:rsid w:val="00BE387F"/>
     <w:rsid w:val="00C1142D"/>
     <w:rsid w:val="00C9615F"/>
     <w:rsid w:val="00CA195D"/>
     <w:rsid w:val="00CB6069"/>
     <w:rsid w:val="00CE6C5F"/>
     <w:rsid w:val="00D21005"/>
     <w:rsid w:val="00D36379"/>
     <w:rsid w:val="00D37D1C"/>
     <w:rsid w:val="00D43A72"/>
     <w:rsid w:val="00D506A9"/>
     <w:rsid w:val="00D93967"/>
     <w:rsid w:val="00DB5B7C"/>
     <w:rsid w:val="00DC6011"/>
     <w:rsid w:val="00DE2C72"/>
     <w:rsid w:val="00DF0C77"/>
     <w:rsid w:val="00E018A2"/>
     <w:rsid w:val="00E115CC"/>
     <w:rsid w:val="00E13C1D"/>
     <w:rsid w:val="00E5133E"/>
     <w:rsid w:val="00E62936"/>
     <w:rsid w:val="00F173EE"/>
     <w:rsid w:val="00F25C39"/>
     <w:rsid w:val="00F2613B"/>
     <w:rsid w:val="00F44BEE"/>
+    <w:rsid w:val="00F5082E"/>
     <w:rsid w:val="00F54A99"/>
     <w:rsid w:val="00F715C9"/>
     <w:rsid w:val="00FA2ABB"/>
     <w:rsid w:val="00FC0104"/>
     <w:rsid w:val="00FD65F3"/>
+    <w:rsid w:val="00FF22A9"/>
     <w:rsid w:val="00FF5C9E"/>
     <w:rsid w:val="00FF69B9"/>
     <w:rsid w:val="0D31CA7A"/>
     <w:rsid w:val="1482EA15"/>
     <w:rsid w:val="329448B3"/>
     <w:rsid w:val="397DF530"/>
     <w:rsid w:val="435EAB53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -14479,64 +14527,60 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9874a7b2-1117-4f40-98d5-dcc5333d85f8">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008D0CC7192BC5C847BC2D160DB4E990F9" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="27f271b7eeedc76423c0f39944ae8a1f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9874a7b2-1117-4f40-98d5-dcc5333d85f8" xmlns:ns3="ec3930d4-9f48-4a24-a840-d594b4f210da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bf5f55cf3fd756030380933dcf0f7be6" ns2:_="" ns3:_="">
     <xsd:import namespace="9874a7b2-1117-4f40-98d5-dcc5333d85f8"/>
     <xsd:import namespace="ec3930d4-9f48-4a24-a840-d594b4f210da"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -14709,136 +14753,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13ECD243-D871-FE43-B02A-224CD40B6BDF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A7E8DCB-ABB1-42FB-853C-BCAF1639751F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9874a7b2-1117-4f40-98d5-dcc5333d85f8"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A7E8DCB-ABB1-42FB-853C-BCAF1639751F}">
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BEB1F72-8195-40AF-88CD-24E598596F40}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9874a7b2-1117-4f40-98d5-dcc5333d85f8"/>
     <ds:schemaRef ds:uri="ec3930d4-9f48-4a24-a840-d594b4f210da"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F86F83B1-6DC5-4AA5-8FB9-0C572F30855B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13ECD243-D871-FE43-B02A-224CD40B6BDF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2739</Words>
-  <Characters>15014</Characters>
+  <Words>2835</Words>
+  <Characters>14918</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>291</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>648</Lines>
+  <Paragraphs>317</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17462</CharactersWithSpaces>
+  <CharactersWithSpaces>17436</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Helen Mannion</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-06-05T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">